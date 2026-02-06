--- v0 (2025-11-07)
+++ v1 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="93">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -219,69 +219,120 @@
   <si>
     <t>983</t>
   </si>
   <si>
     <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/399/lei_no_983-09-2025_-_decreto_suplementar_especial.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/400/lei_no_984-09-2025_-_decreto_suplementar_especial.pdf</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/401/lei_no_985-09-2025_-_decreto_suplementar_especial.pdf</t>
   </si>
   <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/410/lei_no_991-09-2025_-_decreto_suplementar_especial.pdf</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>992</t>
+  </si>
+  <si>
+    <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/411/lei_no_992-09-2025_-_decreto_suplementar_especial.pdf</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>993</t>
+  </si>
+  <si>
+    <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/412/lei_no_993-09-2025_-_decreto_suplementar_especial.pdf</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/413/lei_no_994-09-2025_-_decreto_suplementar_especial.pdf</t>
+  </si>
+  <si>
     <t>390</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>Poder Legislativo - PLEG</t>
   </si>
   <si>
     <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/390/resolucao_no_286-09-2025-_suplementacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Dec</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/425/decreto_legislativo_no_002-2025_-_publicacao.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -585,56 +636,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/360/lei_no_956-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/361/lei_no_957-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/366/lei_no_960-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/367/lei_no_961-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/368/lei_no_962-09-2025_-_decreto_suplementar_especial_rpps.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/369/lei_no_963-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/387/lei_no_972-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/391/lei_no_973-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/392/lei_no_974-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/393/lei_no_975-09-2025_-_decreto_suplementar_especial_rpps_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/396/lei_no_978-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/397/lei_no_979-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/398/lei_no_980-09-2025_-_decreto_suplementar_especial..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/399/lei_no_983-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/400/lei_no_984-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/401/lei_no_985-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/390/resolucao_no_286-09-2025-_suplementacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/360/lei_no_956-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/361/lei_no_957-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/366/lei_no_960-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/367/lei_no_961-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/368/lei_no_962-09-2025_-_decreto_suplementar_especial_rpps.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/369/lei_no_963-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/387/lei_no_972-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/391/lei_no_973-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/392/lei_no_974-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/393/lei_no_975-09-2025_-_decreto_suplementar_especial_rpps_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/396/lei_no_978-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/397/lei_no_979-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/398/lei_no_980-09-2025_-_decreto_suplementar_especial..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/399/lei_no_983-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/400/lei_no_984-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/401/lei_no_985-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/410/lei_no_991-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/411/lei_no_992-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/412/lei_no_993-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/413/lei_no_994-09-2025_-_decreto_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/390/resolucao_no_286-09-2025-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/425/decreto_legislativo_no_002-2025_-_publicacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="146.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="139.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1085,85 +1136,220 @@
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>68</v>
       </c>
       <c r="H18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>69</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>70</v>
       </c>
       <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="E19" t="s">
+      <c r="H19" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
         <v>72</v>
       </c>
-      <c r="F19" t="s">
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>73</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="H19" t="s">
+      <c r="H20" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
         <v>75</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>78</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>79</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H22" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>81</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" t="s">
+        <v>84</v>
+      </c>
+      <c r="F23" t="s">
+        <v>85</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H23" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>89</v>
+      </c>
+      <c r="D24" t="s">
+        <v>90</v>
+      </c>
+      <c r="E24" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H24" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>