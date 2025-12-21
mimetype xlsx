--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="32">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -82,50 +82,74 @@
     <t>CONCEDE FÉRIAS AO SERVIDOR PÚBLICO DA CÂMARA MUNICIPAL DE RANCHO ALEGRE D’ OESTE, SR. ROBERTO ALVES PEREIRA, OCUPANTE DO CARGO DE CARREIRA DE TÉCNICO ADMINISTRATIVO, NO PERÍODO DE 03 DE FEVEREIRO A 04 DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/352/portaria_no_008-09-2025_-_ferias_terezinha.doc</t>
   </si>
   <si>
     <t>CONCEDE FÉRIAS A SERVIDORA PÚBLICA DA CÂMARA MUNICIPAL DE RANCHO ALEGRE D’ OESTE, SRA. TEREZINHA DA SILVA MOTA BARBOSA, OCUPANTE DO CARGO DE CARREIRA DE AUXILIAR DE SERVIÇOS GERAIS, NO PERÍODO DE 03 DE FEVEREIRO A 04 DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/357/portaria_no_010-09-2025_-_ferias_eraldo.doc</t>
   </si>
   <si>
     <t>CONCEDE FÉRIAS AO SERVIDOR PÚBLICO DA CÂMARA MUNICIPAL DE RANCHO ALEGRE D’ OESTE, SR.  ERALDO KOVALCZUK, OCUPANTE DO CARGO DE CARREIRA DE PROCURADOR JURÍDICO, NO PERÍODO DE 3 DE MARÇO A 1 DE ABRIL DE 2025</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/418/portaria_no_024-09-2025_-_ferias_adriana.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE FÉRIAS A SERVIDORA PÚBLICA DA CÂMARA MUNICIPAL DE RANCHO ALEGRE D’OESTE, SRA. ADRIANA MARQUES, OCUPANTE DO CARGO DE CARREIRA DE ASSISTENTE LEGISLATIVO, NO PERÍODO DE 15 DE DEZEMBRO DE 2025 A 13 DE JANEIRO DE 2026</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/419/portaria_no_025-09-2025_-_ferias_ivanildo.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE FÉRIAS AO SERVIDOR PÚBLICO DA CÂMARA MUNICIPAL DE RANCHO ALEGRE D’OESTE, SR. IVANILDO DIVINO FERREIRA, OCUPANTE DO CARGO DE CARREIRA DE CONTADOR, NO PERÍODO DE 15 DE DEZEMBRO DE 2025 A 13 DE JANEIRO DE 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -429,56 +453,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/351/portaria_no_007-09-2025_-_ferias_roberto.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/352/portaria_no_008-09-2025_-_ferias_terezinha.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/357/portaria_no_010-09-2025_-_ferias_eraldo.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/351/portaria_no_007-09-2025_-_ferias_roberto.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/352/portaria_no_008-09-2025_-_ferias_terezinha.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/357/portaria_no_010-09-2025_-_ferias_eraldo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/418/portaria_no_024-09-2025_-_ferias_adriana.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ranchoalegredoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/419/portaria_no_025-09-2025_-_ferias_ivanildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="123.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="236.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -554,55 +578,109 @@
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>